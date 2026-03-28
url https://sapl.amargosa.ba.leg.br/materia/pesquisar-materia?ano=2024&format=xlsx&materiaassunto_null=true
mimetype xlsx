--- v0 (2025-12-14)
+++ v1 (2026-03-28)
@@ -54,234 +54,234 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Oldaque Maia Bomfim</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1807/justificativa_do_guard_rail.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1807/justificativa_do_guard_rail.doc</t>
   </si>
   <si>
     <t>SUGERIR AO EXECUTIVO MUNICIPAL  A COLOCAÇÃO DE GUARD RAIL OU BARREIRA DE PROTEÇÃO NA LADEIRA DO BAIRRO DA URBIS II</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Marcos Paulo Andrade Sampaio</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1808/projeto_de_indicacao_rua_g.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1808/projeto_de_indicacao_rua_g.doc</t>
   </si>
   <si>
     <t>NO SENTIDO DE SUGERIR AO EXECUTIVO MUNICIPAL, CALÇAMENTO E REDE DE ESGOTO DA RUA G, LOT. OLIVEIRA, SANTA RITA.</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>José Vaz Sampaio Filho</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1809/justificativa_lot_sanevi.pdf</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1809/justificativa_lot_sanevi.pdf</t>
   </si>
   <si>
     <t>Sugerir ao Executivo Municipal, Calçamento em Paralelepípedo ou asfáltico para o Loteamento Saneví, conhecido como " Loteamento de Deraldo Bulhões" ou rua da quadra no campo Belo.</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1810/justificatyiva_01.pdf</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1810/justificatyiva_01.pdf</t>
   </si>
   <si>
     <t>Sugerir ao Executivo Municipal, implantação de redutores de velocidade (quebra-molas), para a saída de Amargosa X Mutuípe em frente ao posto de gasolina Caititu e outro logo após o bar de Nuna.</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1811/justificativa_04.pdf</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1811/justificativa_04.pdf</t>
   </si>
   <si>
     <t>Sugerir ao Executivo, calçamento em paralelepípedo na comunidade dos Barreiros do final do calçamento até a casa de dona Maria Sônia de Oliveira.</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1812/calcamento_rua_e_lot_oliveira.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1812/calcamento_rua_e_lot_oliveira.doc</t>
   </si>
   <si>
     <t>Sugerir ao Executivo Municipal, calçamento em paralelepípedo para o Loteamento Oliveira Rua E (contorno para a rua D), Alto da Bela Vista, bairro Santa Rita.</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1813/projeto_de_indicacao_rua_f.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1813/projeto_de_indicacao_rua_f.doc</t>
   </si>
   <si>
     <t>SUGERIR AO EXECUTIVO MUNICIPAL CALÇAMENTO E REDE DE ESGOTO DA RUA F, LOT. OLIVEIRA,  SANTA RITA.</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1814/indicacao_da_cambauba_i.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1814/indicacao_da_cambauba_i.doc</t>
   </si>
   <si>
     <t>SUGERIR AO EXECUTIVO MUNICIPAL O CALÇAMENTO NA LOCALIDADE  DA CAMBAUBA I</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1815/justificativa_02.pdf</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1815/justificativa_02.pdf</t>
   </si>
   <si>
     <t>Sugerir ao Executivo, iluminação de LED da entrada da ladeira da Massaranduba até a Baixa de Areia.</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1816/tropical_center_luis_de_horacio.pdf</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1816/tropical_center_luis_de_horacio.pdf</t>
   </si>
   <si>
     <t>Esgotamento sanitário e águas pluviais existentes entre as divisas do loteamento Tropical Center e o loteamento de Luiz de Horácio. Próximo á UFRB.</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1817/indicacao_03.pdf</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1817/indicacao_03.pdf</t>
   </si>
   <si>
     <t>Sugerir ao Executivo, iluminação em LED da saída do Campo Belo até a Comunidade da Mata das Covas.</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Eliezer Santana Santos</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1818/projeto_de_indicacao_urbis_i.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1818/projeto_de_indicacao_urbis_i.doc</t>
   </si>
   <si>
     <t>A presente Indicação vem solicitar, Que Seja realizado sistema de rede de esgoto, pavimentação na Rua Do Campo Urbis I no Bairro São Jose</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Ronaldo Cabral da Anunciação Mercês</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1819/projeto_de_indicacao_madeida.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1819/projeto_de_indicacao_madeida.doc</t>
   </si>
   <si>
     <t>Solicitação ao Executivo Municipal a pavimentação asfáltica da Rua Dr. Paulo de Queiroz</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Geovanildo Machado Cintra</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1820/indicacao_rafael.docx</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1820/indicacao_rafael.docx</t>
   </si>
   <si>
     <t>CALÇAMENTO E REDE DE ESGOSTO DA RUA PRINCIPAL DE ENTRADA E SAÍDA DE ITACHAMA.</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/</t>
   </si>
   <si>
     <t>CALÇAMENTO E REDE DE ESGOTO PARA O LOTEAMENTO PARQUE DOS PÁSSAROS</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DO PROGRAMA DE SAÚDE DA FAMÍLIA, NO LOTEAMENTO PARQUE DOS PÁSSAROS, ATENDENDO AO BAIRRO DA CATIARA</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>QUE SEJA TOMADA PROVIDÊNCIA PARA FECHAR UM POÇO ARTESIANO DESATIVADO NO LOTEAMENTO BOA ESPERANÇA.</t>
   </si>
   <si>
     <t>1844</t>
   </si>
@@ -387,51 +387,51 @@
   <si>
     <t>30</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE FAIXA DE PEDESTRE EM FRENTE A CONGREGAÇÃO CRISTÃ NO BRASIL, NO BAIRRO CATIARA.</t>
   </si>
   <si>
     <t>1854</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE FAIXA DE PEDESTRE EM FRENTE AO CEMITÉRIO NA AVENIDA DR. LUIS SANDE E OUTRA EM FRENTE À IGREJA MONTE SINAI, NA AVENIDA ABELARDO VELOSO.</t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Vera Lúcia Santos Alves</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1855/indicacao_no_xx.xx.2024.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1855/indicacao_no_xx.xx.2024.doc</t>
   </si>
   <si>
     <t>SUGERIR AO EXECUTIVO MUNICIPAL, PAVIMENTAÇÃO ASFÁLTICA NA RUA MOREIRA COELHO E NA RUA LAURO DE FREITAS.</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>CASCALHAMENTO EM FRENTE AO CAMPO DA COVA DA NEGRA.</t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE CÂMERAS DE SEGURANÇA COM RECONHECIMENTO FACIAL NAS IMEDIAÇÕES DA AVENIDA SÃO CRISTÓVÃO, NA CATIARA.</t>
   </si>
   <si>
     <t>1858</t>
   </si>
@@ -639,66 +639,66 @@
   <si>
     <t>57</t>
   </si>
   <si>
     <t>CONCLUSÃO DA ADEQUAÇÃO DA REDE DE ESGOTO DA AV. ABELARDO VELOSO.</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DO CENTRO DE REFERÊNCIA DE ATENDIMENTO A MULHER-CRAM.</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Elisabete Silveira Caldas</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1904/projeto_de_pavimentacao.pdf</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1904/projeto_de_pavimentacao.pdf</t>
   </si>
   <si>
     <t>Sugerir ao executivo municipal pavimentação e canalização para rede de água servida na segunda Travessa Adelino Pedro de Alcântara no bairro São José.</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Valter Luiz dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1905/projeto_instalacao_de_hidrantes.pdf</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1905/projeto_instalacao_de_hidrantes.pdf</t>
   </si>
   <si>
     <t>encaminhada a presente indicação ao Exmo. Sr. Prefeito, no sentido de Sugerir ao Executivo Municipal o Projeto de Indicação para Instalação de Hidrantes na Área Comercial de Amargosa</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>INCLUIR NO PLANO MUNICIPAL DE IMUNIZAÇÃO CONTRA A COVID-19, OS GUARDAS MUNICIPAIS, OS AGENTES DE LIMPEZA PÚBLICA E OS PROFISSIONAIS DO SISTEMA ÚNICO DE ASSISTÊNCIA SOCIAL - SUAS.</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>FIRMAR PARCERIA/CONVÊNIO COM INSTITUIÇÕES PÚBLICA OU PRIVADA PARA INSTALAR INTERNET PARA ESTUDANTES DA REDE MUNICIPAL DE ENSINO QUE NÃO TEM ACESSO À REDE, NEM CONDIÇÕES DE ADQUIRIR OS EQUIPAMENTOS PARA ASSISTIR AS AULAS REMOTAS.</t>
   </si>
   <si>
     <t>1908</t>
   </si>
@@ -711,72 +711,72 @@
   <si>
     <t>1909</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>REDIRECIONAR O PROJETO DO POÇO ARTESIANO QUE IRIA ABASTECER A ESCOLA MUNICIPAL JOÃO PAULO II, QUE ESTÁ DESATIVADA, PARA ATENDER A 20 FAMÍLIAS DA LOCALIDADE DO RIBEIRÃO DOS CALDEIRÕES.</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>SUGERIR SISTEMA DE ABASTECIMENTO DE ÁGUA PARA A COMUNIDADE DO REPARTIMENTO ATRAVÉS NO POÇO ARTESIANO CONSTRUÍDO EM PARCERIA DO EXECUTIVO COM A COMPANHIA DE ENGENHARIA HÍDRICA E DE SANEAMENTO DA BAHIA - CERB, QUE ESTÁ INATIVO.</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1911/indicacao_no_xx.xx.2024.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1911/indicacao_no_xx.xx.2024.doc</t>
   </si>
   <si>
     <t>NO SENTIDO DE SUGERIR AO EXECUTIVO MUNICIPAL VIGILANTES 24 HORAS NAS PRAÇAS E JARDINS DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>VIABILIZAR JUNTO À SECRETARIA MUNICIPAL DE MEIO AMBIENTE A AQUISIÇÃO DE MUDAS DE SEMENTE DA ÁRVORE DENOMINADA DE "CROTALÁRIA" (QUE TEM A FUNÇÃO DE REPELENTE NATURAL CONTRA INSETOS) PARA QUE SEJAM DISTRIBUÍDAS NAS RESIDÊNCIAS DO MUNICÍPIO PELOS AGENTES COMUNITÁRIOS DE SAÚDE.</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1913/rede_de_esgoto_itachama-_val_cintra.docx</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1913/rede_de_esgoto_itachama-_val_cintra.docx</t>
   </si>
   <si>
     <t>REDE DE ESGOTO EM  ITACHMA</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>COLOCAR SINAL DE WI-FI GRATUITO NA FEIRA LIVRE MUNICIPAL.</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CRECHES NO DISTRITO DO MUNICIPIO, BEM COMO, NAS LOCALIDADES MATA DAS COVAS E URBIS II.</t>
   </si>
   <si>
     <t>1919</t>
   </si>
@@ -1939,126 +1939,126 @@
   <si>
     <t>2087</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>RECUPERAÇÃO DA ESTRADA QUE LIGA A COMUNIDADE DO FETO.</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>CALÇAMENTO E REDE DE ESGOTO DA RUA GRAVATÁ, LOT. SUCUPIRA, RUA A, BAIRRO SANTA RITA.</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2089/extencao_da_rede_eletrica_-_val_cintra.docx</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2089/extencao_da_rede_eletrica_-_val_cintra.docx</t>
   </si>
   <si>
     <t>EXTENÇÃO DE REDE ELÉTRICA NO LOTEAMENTO NOVO EM ITACHAMA</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2090/projeto_de_indicacao_eliezer_santana_santos.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2090/projeto_de_indicacao_eliezer_santana_santos.doc</t>
   </si>
   <si>
     <t>A PRESENTE  INDICAÇÃO VEM SOLICITAR A PAVIMENTAÇÃO ASFÁLTICA DA RUA VEREADOR CARLOS LIMA.</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2092/rua_f_loteamento_boa_esperanca.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2092/rua_f_loteamento_boa_esperanca.doc</t>
   </si>
   <si>
     <t>A presente Indicação Vem Solicitar o Pedido De Calçamento No Trecho Da Rua F Loteamento Boa Esperança Bairro Katiara.</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2093/projeto_de_indicacao___revitalizacao_da_praca_do_cajueiro__fevereiro_2024.pdf</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2093/projeto_de_indicacao___revitalizacao_da_praca_do_cajueiro__fevereiro_2024.pdf</t>
   </si>
   <si>
     <t>Sugerir ao executivo municipal a revitalização da praça da rua Albino Lopes do bairro São José.</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>Wilson Rezende Ribeiro Júnior</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2094/projeto_junior_magrao_calcamento.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2094/projeto_junior_magrao_calcamento.doc</t>
   </si>
   <si>
     <t>SUGERIR AO EXECUTIVO MUNICIPAL O CALÇAMENTO E REDE DE ESGOTO DO LOTEAMENTO RIBEIRO, RUA D, II ETAPA.</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2095/indicacao_no_xxxx_2024.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2095/indicacao_no_xxxx_2024.doc</t>
   </si>
   <si>
     <t>SUGERIR AO EXECUTIVO MUNICIPAL, FAIXA DE PEDESTRE EM FRENTE A 1ª IGREJA BATISTA.</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2096/projeto__comite_das_mulhers_2024.docx</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2096/projeto__comite_das_mulhers_2024.docx</t>
   </si>
   <si>
     <t>Criação do comitê intersetorial de proteção à mulher no município de Amargosa</t>
   </si>
   <si>
     <t>2097</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>SUGERIR A COLOCAÇÃO DE CORRE MÃO NA RUA PRINCIPAL DO LOTEAMENTO JOÃO BONFIM, SAÍDA PELA MARQUES DE HERVAL.</t>
   </si>
   <si>
     <t>2098</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>ABERTURA DE ESTRADA NA VARIANTE DE NOME BOIADEIRA NA LOCALIDADE DA SERRA DA BARATINHA.</t>
   </si>
   <si>
     <t>2099</t>
   </si>
@@ -2392,51 +2392,51 @@
   <si>
     <t>REFORMA DA QUADRA DO LOTEAMENTO ELOI DOS SANTOS (MESTRE ELOI), NO BAIRRO CATIARA.</t>
   </si>
   <si>
     <t>2153</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE FAIXA DE PEDESTRE NA AV. SÃO CRISTÓVÃO, NA ENTRADA DA 2ª TRAVESSA SÃO CRISTÓVÃO, PRÓXIMO À IGREJA CATÓLICA.</t>
   </si>
   <si>
     <t>2154</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>2156</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2156/projeto_instalacao_de_faixa_de_pedestre.pdf</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2156/projeto_instalacao_de_faixa_de_pedestre.pdf</t>
   </si>
   <si>
     <t>no sentido de Sugerir ao Executivo Municipal o Projeto de Indicação para Implantação de Faixa de Pedestre na Rua Coronel Benedito Almeida</t>
   </si>
   <si>
     <t>2157</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>INCLUIR NO PLANO MUNICIPAL DE IMUNIZAÇÃO CONTRA A COVID-19, OS GUARAS CIVIS MUNICIPAIS, OS AGENTES DE TRANSITO, OS AGENTES DE LIMPEZA PÚBLICA E OS PROFISSIONAIS DO SISTEMA ÚNICO DE ASSISTÊNCIA SOCIAL-SUAS.</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>ESGOTAMENTO SANITÁRIO PARA AS RUAS QUE AINDA NAO FORAM CONTEMPLADAS NO LOTEAMENTO BOA ESPERANÇA, BAIRRO CATIARA.</t>
   </si>
   <si>
     <t>2159</t>
   </si>
@@ -3433,123 +3433,123 @@
   <si>
     <t>369</t>
   </si>
   <si>
     <t>REFORMA E REVITALIZAÇÃO DO ESPAÇO DE CONVIVÊNCIA EUDORO PAULO ALVES CAMPOS, NO BAIRRO SÃO ROQUE.</t>
   </si>
   <si>
     <t>2292</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>2293</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>2294</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2294/projeto_de_indicacao_madeida..doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2294/projeto_de_indicacao_madeida..doc</t>
   </si>
   <si>
     <t>No sentido de sugerir ao Executivo Municipal a construção de uma creche no Bairro do São Roque.</t>
   </si>
   <si>
     <t>2296</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2296/justificativa_do_carro_auto_fossa.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2296/justificativa_do_carro_auto_fossa.doc</t>
   </si>
   <si>
     <t>SUGERIR AO EXECUTIVO MUNICIPAL A COMPRA DE UM CARRO AUTO FOSSA .</t>
   </si>
   <si>
     <t>2297</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2297/cobertura_para_o_posto_de_saude.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2297/cobertura_para_o_posto_de_saude.doc</t>
   </si>
   <si>
     <t>A presente Indicação vem solicitar a implantação de cobertura no posto de saúde do loteamento Elói dos santos, Bairro Katiara.</t>
   </si>
   <si>
     <t>2298</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2298/justificativa_do_quebra_mola_do_campo_belo.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2298/justificativa_do_quebra_mola_do_campo_belo.doc</t>
   </si>
   <si>
     <t>SUGERIR AO EXECUTIVO MUNICIPAL A IMPLANTAÇÃO DE 2  REDUTORES DE VELOCIDADE (QUEBRA- MOLA) NO BAIRRO DO CAMPO BELO.</t>
   </si>
   <si>
     <t>2299</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2299/pavimentacao_19.docx</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2299/pavimentacao_19.docx</t>
   </si>
   <si>
     <t>Calçamento na terceira travessa da fonte, Bairro Santa Rita.</t>
   </si>
   <si>
     <t>2300</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2300/projeto_04.docx</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2300/projeto_04.docx</t>
   </si>
   <si>
     <t>Bosque com árvore frutíferas e plantas nativas no bairro da Katyara.</t>
   </si>
   <si>
     <t>2301</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2301/justificativa_do_braco_de_luz_para_a_regiao_do_corrego.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2301/justificativa_do_braco_de_luz_para_a_regiao_do_corrego.doc</t>
   </si>
   <si>
     <t>SUGERIR AO EXECUTIVO MUNICIPAL A IMPLANTAÇÃO DE BRAÇOS DE LUZ PARA A REGIÃO DO CORREGO</t>
   </si>
   <si>
     <t>2302</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE FAIXA DE PEDESTRE NA RUA CONSELHEIRO DANTAS, EM FRENTE A IGREJA BATISTA.</t>
   </si>
   <si>
     <t>2303</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE FAIXA DE PEDESTRE NA RUA CEL. BENEDITO ALMEIDA EM FRENTE À LOJA AMERICANAS.</t>
   </si>
   <si>
     <t>2304</t>
   </si>
@@ -3766,400 +3766,400 @@
   <si>
     <t>2329</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>CALÇAMENTO E REDE DE ESGOTO DA RUA DO CAMPO, NA URBIS I.</t>
   </si>
   <si>
     <t>2330</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE GUARD RAIL OU BARREIRA DE PROTEÇÃO NA LADEIRA DO BAIRRO DA URBIS II.</t>
   </si>
   <si>
     <t>2331</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2331/projeto_de_indicacao_alto_seco.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2331/projeto_de_indicacao_alto_seco.doc</t>
   </si>
   <si>
     <t>NO SENTIDO DE SUGERIR AO EXECUTIVO MUNICIPAL,  RECUPERAÇÃO DA ESTRADA QUE LIGA O POVOADO DO ALTO SECO AO DISTRITO SEDE DE CORTA MÃO</t>
   </si>
   <si>
     <t>2332</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2332/projeto_implantacao_do_castramovel.pdf</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2332/projeto_implantacao_do_castramovel.pdf</t>
   </si>
   <si>
     <t>Sugerir ao Executivo Municipal para a implantação do Castramóvel em nosso município visa evitar a reprodução indiscriminada de cães e gatos, reduzindo casos de abandono, maus-tratos e zoonoses.</t>
   </si>
   <si>
     <t>2333</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2333/justificativa_do_quebra_mola_da_ufrb_para_o_barreiross.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2333/justificativa_do_quebra_mola_da_ufrb_para_o_barreiross.doc</t>
   </si>
   <si>
     <t>SUGERIR AO EXECUTIVO MUNICIPAL A IMPLANTAÇÃO DE UM  REDUTOR DE VELOCIDADE ( QUEBRA-MOLAS) NA IMEDIAÇÕES  DA UFRB PARA A COMUNIDADE DOS BARREIROS.</t>
   </si>
   <si>
     <t>2334</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2334/projeto_de_indicacao_redutor_de_velocidade_para_avenida_dona_verde.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2334/projeto_de_indicacao_redutor_de_velocidade_para_avenida_dona_verde.doc</t>
   </si>
   <si>
     <t>A presente Indicação vem solicitar a implementação de redutor de velocidade (lombada). Na Avenida Dona Verde</t>
   </si>
   <si>
     <t>2335</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2335/biografia_de_ana_carla.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2335/biografia_de_ana_carla.doc</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO HONORÍFICO DE CIDADÃ DO MUNICÍPIO DE AMARGOSA A SRA. ANA CARLA DA SILVA SOUZA RODRIGUES</t>
   </si>
   <si>
     <t>2336</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2336/doc_rafa_1.html</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2336/doc_rafa_1.html</t>
   </si>
   <si>
     <t>SUGERIR AO EXECUTIVO MATERIAIS PARA PSICOLOGOS QUE FAZEM TRATAMENTO EM PESSOAS COM AUTISMO</t>
   </si>
   <si>
     <t>2337</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2337/projeto_de_indicacao_ortopedista_pediatrico.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2337/projeto_de_indicacao_ortopedista_pediatrico.doc</t>
   </si>
   <si>
     <t>NO SENTIDO DE SUGERIR AO EXECUTIVO MUNICIPAL A CONTRATAÇÃO DE MEDICO ORTOPEDISTA PEDIÁTRICO</t>
   </si>
   <si>
     <t>2338</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2338/indicaao_da_comunidade_de_assa_peixe.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2338/indicaao_da_comunidade_de_assa_peixe.doc</t>
   </si>
   <si>
     <t>SUGERIR AO EXECUTIVO MUNICIPAL, QUE REALIZE O REBAIXAMENTO DO ACLIVE DA PONTE NA COMUNIDADE RURAL DO ASSA PEIXE.</t>
   </si>
   <si>
     <t>2342</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2342/projeto_de_indicacao_redutor_de_velocidade_para_o_bairro_katiara.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2342/projeto_de_indicacao_redutor_de_velocidade_para_o_bairro_katiara.doc</t>
   </si>
   <si>
     <t>Sugerir ao Executivo Municipal a Implantação de  Redutores de Velocidade no Bairro da katiara</t>
   </si>
   <si>
     <t>2343</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2343/indicaao_da_comunidade_da_terra_caida.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2343/indicaao_da_comunidade_da_terra_caida.doc</t>
   </si>
   <si>
     <t>sugerir ao Executivo Municipal, que realize o rebaixamento do aclive que dá acesso á comunidade da terra caída</t>
   </si>
   <si>
     <t>2344</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2344/oftalmologicos._ok_cris-1.docx</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2344/oftalmologicos._ok_cris-1.docx</t>
   </si>
   <si>
     <t>Sugerir ao executivo municipal a "Campanha Oftalmologista nas escolas" que dispõe sobre a obrigatoriedade da realização de exames oftalmógicos para alunos das escolas da rede pública municipal de ensino e dá  outras providências.</t>
   </si>
   <si>
     <t>2345</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2345/municipal_de_amargosa_-_projeto_de_lei_de_libras_atual_2024.docx</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2345/municipal_de_amargosa_-_projeto_de_lei_de_libras_atual_2024.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo Municipal, a elaboração de um Projeto de Lei para oficializar a Língua Brasileira de Sinais (Libras) no âmbito do município de Amargosa-BA, e dá outras providências.</t>
   </si>
   <si>
     <t>2346</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2346/projeto_de_indicacao_pavimentacao_do_alto_seco.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2346/projeto_de_indicacao_pavimentacao_do_alto_seco.doc</t>
   </si>
   <si>
     <t>NO SENTIDO DE SUGERIR AO EXECUTIVO MUNICIPAL  A PAVIMENTAÇÃO DAS RUAS QUE DÃO ACESSO A IGREJA SÃO GERALDO NA LOCALIDADE DO ALTO SECO.</t>
   </si>
   <si>
     <t>2347</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2347/projeto_de_idicacao_reforma_posto_alto_seco.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2347/projeto_de_idicacao_reforma_posto_alto_seco.doc</t>
   </si>
   <si>
     <t>NO SENTIDO DE SUGERIR AO EXECUTIVO MUNICIPAL A REFORMA DO POSTO DE SAÚDE DA LOCALIDADE DO ALTO SECO.</t>
   </si>
   <si>
     <t>2348</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2348/projeto_de_indicacao_praca_alto_seco.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2348/projeto_de_indicacao_praca_alto_seco.doc</t>
   </si>
   <si>
     <t>NO SENTIDO DE SUGERIR AO EXECUTIVO MUNICIPAL A REFORMA DA PRAÇA EM FRENTE A IGREJA SÃO GERALDO NA LOCALIDADE DO ALTO SECO.</t>
   </si>
   <si>
     <t>2349</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2349/projeto_indicacao_destista_para_o_alto_seco.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2349/projeto_indicacao_destista_para_o_alto_seco.doc</t>
   </si>
   <si>
     <t>NO SENTIDO DE SUGERIR AO EXECUTIVO MUNICIPAL A CONTRATAÇÃO DE MÉDICO DENTISTA PARA O POSTO DE SAÚDE NA LOCALIDADE DO ALTO SECO.</t>
   </si>
   <si>
     <t>2351</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2351/timbrado_plano_de_saude.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2351/timbrado_plano_de_saude.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXECUTIVO PARA A IMPLANTAÇÃO DE UM PLANO DE SAUDE PARA OS SERVIDORES</t>
   </si>
   <si>
     <t>2352</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2352/projeto_de_indicacao_no_062.2024_-_reforma_psf_1.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2352/projeto_de_indicacao_no_062.2024_-_reforma_psf_1.doc</t>
   </si>
   <si>
     <t>SUGERIR AO EXECUTIVO MUNICIPAL, REFORMA DO PSF DA COMUNIDADE DO ALTO-SECO.</t>
   </si>
   <si>
     <t>2355</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2355/timbrado_materiais_para_psocologos_trabalharem.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2355/timbrado_materiais_para_psocologos_trabalharem.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXECUTIVO PARA A AQUISIÇÃO DE MATERIAIS PARA QUE OS PSICOLOGOS REALIZEM TRABALHOS COM PESSOAS AUTISTAS</t>
   </si>
   <si>
     <t>2356</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2356/cova_da_negra.pdf</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2356/cova_da_negra.pdf</t>
   </si>
   <si>
     <t>A presente Indicação vem solicitar a implementação do calçamento no inicio da ladeira na cova da _x000D_
 Negra.</t>
   </si>
   <si>
     <t>2357</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2357/timbrado_limpo_003_2_hambulatorio_de_saude_mental.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2357/timbrado_limpo_003_2_hambulatorio_de_saude_mental.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXECUTIVO PARA A IMPLANTAÇÃO DE UM HAMBULATÓRIO PARA A SAUDE MENTAL</t>
   </si>
   <si>
     <t>2358</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2358/projeto20indicacao20reforma20de20calcadas20julho202024.docx</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2358/projeto20indicacao20reforma20de20calcadas20julho202024.docx</t>
   </si>
   <si>
     <t>Sugerir ao executivo municipal reforma de calçadas, para garantir acessibilidade com rampas, pisos táteis e sinalização adequada, visando a segurança na circulação das pessoas com deficiência  nos espaços urbanos.</t>
   </si>
   <si>
     <t>2359</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2359/lot._de_genesio_santa_rita.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2359/lot._de_genesio_santa_rita.doc</t>
   </si>
   <si>
     <t>A presente Indicação vem solicitar, Que Seja realizado sistema de rede pluvial, pavimentação no loteamento de Genésio Bairro Santa Rita.</t>
   </si>
   <si>
     <t>2360</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2360/indicacao_pau_ferro.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2360/indicacao_pau_ferro.doc</t>
   </si>
   <si>
     <t>Sugerir ao Executivo Municipal, implantação de uma quadra Poliesportiva na Comunidade do Pau Ferro II, para suprir as necessidades poliesportivas.</t>
   </si>
   <si>
     <t>2361</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2361/projeto_de_indicacao_recuperacao_e_cascalhamento.docx</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2361/projeto_de_indicacao_recuperacao_e_cascalhamento.docx</t>
   </si>
   <si>
     <t>NO SENTIDO DE SUGERIR AO EXECUTIVO MUNICIPAL RECUPERAÇÃO E CASCALHAMENTO DAS ESTRADAS E VARIANTES DAS LOCALIDADES: CHAPADINHA X ASSA-PEIXE, TERRA CAÍDA X ALTO SECO, CONVENTO X DISTRITO DE CORTA-MÃO, ALTO SECO X DISTRITO DE CORTA-MÃO.</t>
   </si>
   <si>
     <t>2362</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2362/projeto_de_indicacao_iluminacao_tv._jaime_argolo_2.pdf</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2362/projeto_de_indicacao_iluminacao_tv._jaime_argolo_2.pdf</t>
   </si>
   <si>
     <t>A presente Indicação vem solicitar a Readequação da iluminação na Travessa Jaime Argolo bairro centro.</t>
   </si>
   <si>
     <t>2364</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2364/projeto20de20indicacao20redutor20de20velocidade20baetinga202024.docx</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2364/projeto20de20indicacao20redutor20de20velocidade20baetinga202024.docx</t>
   </si>
   <si>
     <t>sugerir ao Executivo Municipal, a readequação da iluminação, bem como a instalação de redutores de velocidade na localidade rural da Baetinga.</t>
   </si>
   <si>
     <t>2365</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2365/projeto_de_indicacao_20_de_agosto.pdf</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2365/projeto_de_indicacao_20_de_agosto.pdf</t>
   </si>
   <si>
     <t>A presente Indicação vem solicitar a passagem da maquina patrol na Rua do Estevão, no Bairro Katiara.</t>
   </si>
   <si>
     <t>2366</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2366/indicacao_calcamento_ladeira_da_linha_subida_cova_da_nega.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2366/indicacao_calcamento_ladeira_da_linha_subida_cova_da_nega.doc</t>
   </si>
   <si>
     <t>CALÇAMENTO DA LADEIRA DA LINHA, SUBINDO PARA A COVA DA NEGA.</t>
   </si>
   <si>
     <t>2367</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2367/projeto_de_indicacao_no_078.2024_-_elaboracao_de_um_projeto_de_lei_para_criar_a_festa_literaria_feslam_beinha.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2367/projeto_de_indicacao_no_078.2024_-_elaboracao_de_um_projeto_de_lei_para_criar_a_festa_literaria_feslam_beinha.doc</t>
   </si>
   <si>
     <t>SUGERIR AO EXECUTIVO MUNICIPAL A ELABORAÇÃO DE UM PROJETO DE LEI PARA INSTITUIR A FESTA LITERÁRIA DE AMARGOSA (FESLAM).</t>
   </si>
   <si>
     <t>2369</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>Implantação de cobertura para proteger os usuários das chuvas e do sol enquanto aguardam atendimento do PSF do Loteamento Elói dos Santos, Bairro, Catiara.</t>
   </si>
   <si>
     <t>2370</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>Que viabilize um veículo de emergência para permanecer a disposição dos Distritos do nosso Município.</t>
   </si>
   <si>
     <t>2372</t>
   </si>
@@ -4373,90 +4373,90 @@
   <si>
     <t>2395</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>Que no próximo mês (outubro), em celebração à campanha Outubro Rosa, seja realizada uma ação focada na saúde da mulher, com prioridade para o atendimento das mulheres do nosso município. Nessa ação poderá ser ofertado exames de mamografia, ultrassonografia ginecológica, Papanicolau, colocação de DIU, além de consultas ginecológicas, visando à promoção da saúde feminina e à prevenção do câncer de mama e outras doenças.</t>
   </si>
   <si>
     <t>2396</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>Elaboração de um Projeto de Lei para instituir a Festa Literária de Amargosa (FESLAM).</t>
   </si>
   <si>
     <t>2397</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2397/modelo_indicacao_pronto_2.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2397/modelo_indicacao_pronto_2.doc</t>
   </si>
   <si>
     <t>SUGERIR AO EXECUTIVO MUNICIPAL A NECESSIDADE DE CONSTRUÇÃO DE REDE DE ESGOTO E CALÇAMENTO NA TRAVESSA 8, SITUADA NO ALTO DA BELA VISTA, BAIRRO SANTA RITA.</t>
   </si>
   <si>
     <t>2398</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2398/modelo_indicacao_pronto.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2398/modelo_indicacao_pronto.doc</t>
   </si>
   <si>
     <t>SUGERIR AO EXECUTIVO MUNICIPAL À ABERTURA DE UMA VIA PÚBLICA NO LOTEAMENTO JOÃO BONFIM, EM FRENTE AO CAMPO DA BAIXA.</t>
   </si>
   <si>
     <t>2399</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2399/projeto_calcamento_eliezer.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2399/projeto_calcamento_eliezer.doc</t>
   </si>
   <si>
     <t>A presente Indicação Vem Solicitar ao Executivo Municipal a Requalificação do Calçamento na Rua Rio de Janeiro- Santa Rita.</t>
   </si>
   <si>
     <t>2363</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2363/mocao_joao_claudio_andrade_nunes.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2363/mocao_joao_claudio_andrade_nunes.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O SENHOR JOÃO CLÁUDIO ANDRADE NUNES.</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
     <t>Parecer Prévio</t>
   </si>
   <si>
     <t>RETIRADA DA FOSSA BIOLÓGICA LOCALIZADA NAS MARGENS DO RIO RIBEIRÃO NA LOCALIDADE DA BAIXA DE AREIA.</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
     <t>NO SENTIDO DE SUGERIR AO EXECUTIVO MUNICIPAL LIMPEZA E CAPINA DA RUA GERSON DE OLIVEIRA.</t>
   </si>
   <si>
     <t>2268</t>
   </si>
@@ -4727,146 +4727,146 @@
   <si>
     <t>2180</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE FAIXA DE PEDESTRE EM FRENTE ÀS IGREJAS.</t>
   </si>
   <si>
     <t>2259</t>
   </si>
   <si>
     <t>QUE NEGOCIO REAJUSTE SALARIAL DOS PROFESSORES, DOS PROFISSIONAIS DA EDUCAÇÃO, PROFISSIONAIS DA SAÚDE, BEM COMO TODOS OS SERVIDORES DO MUNICÍPIO  DE AMARGOSA.</t>
   </si>
   <si>
     <t>2266</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2091/projeto_de_lei_do_legislativo_no_001-2024_airsoft_final.docx</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2091/projeto_de_lei_do_legislativo_no_001-2024_airsoft_final.docx</t>
   </si>
   <si>
     <t>Institui no Município de Amargosa-BA e _x000D_
 inclui no calendário cultural e esportivo do _x000D_
 município o dia municipal do Airsoft a ser comemorado no terceiro domingo do mês de outubro , e dá outras providências</t>
   </si>
   <si>
     <t>2339</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2339/projeto_de_lei_no_003.2024.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2339/projeto_de_lei_no_003.2024.doc</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial do Município de Amargosa o dia 04 de julho como: “O Dia Cultural da Eubiose” e dá outras providencias.</t>
   </si>
   <si>
     <t>2350</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2350/projeto_de_indicacao_no_080.2023_calcamento_e_rede_dde_esgoto_rodao.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2350/projeto_de_indicacao_no_080.2023_calcamento_e_rede_dde_esgoto_rodao.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do “Dia Municipal do Capelão Religioso” no município de Amargosa-BA e dá outras providências.</t>
   </si>
   <si>
     <t>2353</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2353/projeto_de_lei_no_xx.xxxx.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2353/projeto_de_lei_no_xx.xxxx.doc</t>
   </si>
   <si>
     <t>INCLUI VOLÊNCIA CONTRA ALUNOS COM AUTISMO ENTRE CRIMES DE TORTURA NO MUNICÍPIO DE AMARGOSA-BA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2401</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2401/projeto_de_lei_no_denomina_urbis_ii.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2401/projeto_de_lei_no_denomina_urbis_ii.doc</t>
   </si>
   <si>
     <t>DENOMINA A RODAGEM DA URBIS II, DO CONJUNTO HABITACIONAL URBIS II, COMO AVENIDA SENHORA ANTÔNIA EUSÉBIA DE MOURA E DÀ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>2400</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2400/biografia_eduardo_sales.docx</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2400/biografia_eduardo_sales.docx</t>
   </si>
   <si>
     <t>Denomina a Rua P, do Loteamento  Marival Almeida, como Rua Eduardo Rotondano Sales e da outras providências.</t>
   </si>
   <si>
     <t>2295</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Título de Cidadão</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2295/josevando.pdf</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2295/josevando.pdf</t>
   </si>
   <si>
     <t>Ao casal, Josevando Santos Pereira  e Evanilda Souza da Silva Pereira.</t>
   </si>
   <si>
     <t>2340</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2340/projeto_de_decreto_no_xxx.xxxx.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2340/projeto_de_decreto_no_xxx.xxxx.doc</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO HONORÍFICO DE CIDADÃO DO MUNICÍPIO DE AMARGOSA AO SR. JÚLIO XAVIER DOS SANTOS.</t>
   </si>
   <si>
     <t>2341</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2341/projeto_de_decreto_no_xx.xxx.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2341/projeto_de_decreto_no_xx.xxx.doc</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO HONORÍFICO DE CIDADÃ DO MUNICÍPIO DE AMARGOSA A SRª MIRNA NEVES LOMANTO.</t>
   </si>
   <si>
     <t>2354</t>
   </si>
   <si>
-    <t>https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2354/projeto_de_decreto_no_xx.xxxx_-_titulo_de_cidadaos_dr._nadson_pedreira.doc</t>
+    <t>http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2354/projeto_de_decreto_no_xx.xxxx_-_titulo_de_cidadaos_dr._nadson_pedreira.doc</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO HONORÍFICO DE CIDADÃO DO MUNICÍPIO DE AMARGOSA AO SR. NADSON ALVES PEDREIRA.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -5173,67 +5173,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1807/justificativa_do_guard_rail.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1808/projeto_de_indicacao_rua_g.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1809/justificativa_lot_sanevi.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1810/justificatyiva_01.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1811/justificativa_04.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1812/calcamento_rua_e_lot_oliveira.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1813/projeto_de_indicacao_rua_f.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1814/indicacao_da_cambauba_i.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1815/justificativa_02.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1816/tropical_center_luis_de_horacio.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1817/indicacao_03.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1818/projeto_de_indicacao_urbis_i.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1819/projeto_de_indicacao_madeida.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1820/indicacao_rafael.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1855/indicacao_no_xx.xx.2024.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1904/projeto_de_pavimentacao.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1905/projeto_instalacao_de_hidrantes.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1911/indicacao_no_xx.xx.2024.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1913/rede_de_esgoto_itachama-_val_cintra.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2089/extencao_da_rede_eletrica_-_val_cintra.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2090/projeto_de_indicacao_eliezer_santana_santos.doc" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2092/rua_f_loteamento_boa_esperanca.doc" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2093/projeto_de_indicacao___revitalizacao_da_praca_do_cajueiro__fevereiro_2024.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2094/projeto_junior_magrao_calcamento.doc" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2095/indicacao_no_xxxx_2024.doc" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2096/projeto__comite_das_mulhers_2024.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2156/projeto_instalacao_de_faixa_de_pedestre.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2294/projeto_de_indicacao_madeida..doc" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2296/justificativa_do_carro_auto_fossa.doc" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2297/cobertura_para_o_posto_de_saude.doc" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2298/justificativa_do_quebra_mola_do_campo_belo.doc" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2299/pavimentacao_19.docx" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2300/projeto_04.docx" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2301/justificativa_do_braco_de_luz_para_a_regiao_do_corrego.doc" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2331/projeto_de_indicacao_alto_seco.doc" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2332/projeto_implantacao_do_castramovel.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2333/justificativa_do_quebra_mola_da_ufrb_para_o_barreiross.doc" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2334/projeto_de_indicacao_redutor_de_velocidade_para_avenida_dona_verde.doc" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2335/biografia_de_ana_carla.doc" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2336/doc_rafa_1.html" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2337/projeto_de_indicacao_ortopedista_pediatrico.doc" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2338/indicaao_da_comunidade_de_assa_peixe.doc" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2342/projeto_de_indicacao_redutor_de_velocidade_para_o_bairro_katiara.doc" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2343/indicaao_da_comunidade_da_terra_caida.doc" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2344/oftalmologicos._ok_cris-1.docx" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2345/municipal_de_amargosa_-_projeto_de_lei_de_libras_atual_2024.docx" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2346/projeto_de_indicacao_pavimentacao_do_alto_seco.doc" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2347/projeto_de_idicacao_reforma_posto_alto_seco.doc" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2348/projeto_de_indicacao_praca_alto_seco.doc" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2349/projeto_indicacao_destista_para_o_alto_seco.doc" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2351/timbrado_plano_de_saude.doc" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2352/projeto_de_indicacao_no_062.2024_-_reforma_psf_1.doc" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2355/timbrado_materiais_para_psocologos_trabalharem.doc" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2356/cova_da_negra.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2357/timbrado_limpo_003_2_hambulatorio_de_saude_mental.doc" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2358/projeto20indicacao20reforma20de20calcadas20julho202024.docx" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2359/lot._de_genesio_santa_rita.doc" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2360/indicacao_pau_ferro.doc" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2361/projeto_de_indicacao_recuperacao_e_cascalhamento.docx" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2362/projeto_de_indicacao_iluminacao_tv._jaime_argolo_2.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2364/projeto20de20indicacao20redutor20de20velocidade20baetinga202024.docx" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2365/projeto_de_indicacao_20_de_agosto.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2366/indicacao_calcamento_ladeira_da_linha_subida_cova_da_nega.doc" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2367/projeto_de_indicacao_no_078.2024_-_elaboracao_de_um_projeto_de_lei_para_criar_a_festa_literaria_feslam_beinha.doc" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2397/modelo_indicacao_pronto_2.doc" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2398/modelo_indicacao_pronto.doc" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2399/projeto_calcamento_eliezer.doc" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2363/mocao_joao_claudio_andrade_nunes.doc" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2091/projeto_de_lei_do_legislativo_no_001-2024_airsoft_final.docx" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2339/projeto_de_lei_no_003.2024.doc" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2350/projeto_de_indicacao_no_080.2023_calcamento_e_rede_dde_esgoto_rodao.doc" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2353/projeto_de_lei_no_xx.xxxx.doc" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2401/projeto_de_lei_no_denomina_urbis_ii.doc" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2400/biografia_eduardo_sales.docx" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2295/josevando.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2340/projeto_de_decreto_no_xxx.xxxx.doc" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2341/projeto_de_decreto_no_xx.xxx.doc" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2354/projeto_de_decreto_no_xx.xxxx_-_titulo_de_cidadaos_dr._nadson_pedreira.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1807/justificativa_do_guard_rail.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1808/projeto_de_indicacao_rua_g.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1809/justificativa_lot_sanevi.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1810/justificatyiva_01.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1811/justificativa_04.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1812/calcamento_rua_e_lot_oliveira.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1813/projeto_de_indicacao_rua_f.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1814/indicacao_da_cambauba_i.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1815/justificativa_02.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1816/tropical_center_luis_de_horacio.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1817/indicacao_03.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1818/projeto_de_indicacao_urbis_i.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1819/projeto_de_indicacao_madeida.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1820/indicacao_rafael.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1855/indicacao_no_xx.xx.2024.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1904/projeto_de_pavimentacao.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1905/projeto_instalacao_de_hidrantes.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1911/indicacao_no_xx.xx.2024.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/1913/rede_de_esgoto_itachama-_val_cintra.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2089/extencao_da_rede_eletrica_-_val_cintra.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2090/projeto_de_indicacao_eliezer_santana_santos.doc" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2092/rua_f_loteamento_boa_esperanca.doc" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2093/projeto_de_indicacao___revitalizacao_da_praca_do_cajueiro__fevereiro_2024.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2094/projeto_junior_magrao_calcamento.doc" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2095/indicacao_no_xxxx_2024.doc" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2096/projeto__comite_das_mulhers_2024.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2156/projeto_instalacao_de_faixa_de_pedestre.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2294/projeto_de_indicacao_madeida..doc" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2296/justificativa_do_carro_auto_fossa.doc" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2297/cobertura_para_o_posto_de_saude.doc" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2298/justificativa_do_quebra_mola_do_campo_belo.doc" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2299/pavimentacao_19.docx" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2300/projeto_04.docx" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2301/justificativa_do_braco_de_luz_para_a_regiao_do_corrego.doc" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2331/projeto_de_indicacao_alto_seco.doc" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2332/projeto_implantacao_do_castramovel.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2333/justificativa_do_quebra_mola_da_ufrb_para_o_barreiross.doc" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2334/projeto_de_indicacao_redutor_de_velocidade_para_avenida_dona_verde.doc" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2335/biografia_de_ana_carla.doc" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2336/doc_rafa_1.html" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2337/projeto_de_indicacao_ortopedista_pediatrico.doc" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2338/indicaao_da_comunidade_de_assa_peixe.doc" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2342/projeto_de_indicacao_redutor_de_velocidade_para_o_bairro_katiara.doc" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2343/indicaao_da_comunidade_da_terra_caida.doc" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2344/oftalmologicos._ok_cris-1.docx" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2345/municipal_de_amargosa_-_projeto_de_lei_de_libras_atual_2024.docx" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2346/projeto_de_indicacao_pavimentacao_do_alto_seco.doc" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2347/projeto_de_idicacao_reforma_posto_alto_seco.doc" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2348/projeto_de_indicacao_praca_alto_seco.doc" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2349/projeto_indicacao_destista_para_o_alto_seco.doc" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2351/timbrado_plano_de_saude.doc" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2352/projeto_de_indicacao_no_062.2024_-_reforma_psf_1.doc" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2355/timbrado_materiais_para_psocologos_trabalharem.doc" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2356/cova_da_negra.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2357/timbrado_limpo_003_2_hambulatorio_de_saude_mental.doc" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2358/projeto20indicacao20reforma20de20calcadas20julho202024.docx" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2359/lot._de_genesio_santa_rita.doc" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2360/indicacao_pau_ferro.doc" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2361/projeto_de_indicacao_recuperacao_e_cascalhamento.docx" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2362/projeto_de_indicacao_iluminacao_tv._jaime_argolo_2.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2364/projeto20de20indicacao20redutor20de20velocidade20baetinga202024.docx" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2365/projeto_de_indicacao_20_de_agosto.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2366/indicacao_calcamento_ladeira_da_linha_subida_cova_da_nega.doc" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2367/projeto_de_indicacao_no_078.2024_-_elaboracao_de_um_projeto_de_lei_para_criar_a_festa_literaria_feslam_beinha.doc" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2397/modelo_indicacao_pronto_2.doc" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2398/modelo_indicacao_pronto.doc" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2399/projeto_calcamento_eliezer.doc" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2363/mocao_joao_claudio_andrade_nunes.doc" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2091/projeto_de_lei_do_legislativo_no_001-2024_airsoft_final.docx" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2339/projeto_de_lei_no_003.2024.doc" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2350/projeto_de_indicacao_no_080.2023_calcamento_e_rede_dde_esgoto_rodao.doc" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2353/projeto_de_lei_no_xx.xxxx.doc" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2401/projeto_de_lei_no_denomina_urbis_ii.doc" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2400/biografia_eduardo_sales.docx" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2295/josevando.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2340/projeto_de_decreto_no_xxx.xxxx.doc" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2341/projeto_de_decreto_no_xx.xxx.doc" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.amargosa.ba.leg.br/media/sapl/public/materialegislativa/2024/2354/projeto_de_decreto_no_xx.xxxx_-_titulo_de_cidadaos_dr._nadson_pedreira.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H527"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="46.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="181" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="180.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>